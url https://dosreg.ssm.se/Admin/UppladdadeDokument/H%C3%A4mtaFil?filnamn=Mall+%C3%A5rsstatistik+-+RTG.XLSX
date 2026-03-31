--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -2,301 +2,301 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonsod\Desktop\Till Dosreg\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonsod\Desktop\Skall laddas upp i Dosreg\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{90BD35F5-EAB4-4C55-9CA5-EDEEBA021F69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{809E1CC6-721A-40E6-AD29-9FEC91672FCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RTG" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="51">
   <si>
     <t>Kvinnor (16 år och äldre)</t>
   </si>
   <si>
     <t>Män (16 år och äldre)</t>
   </si>
   <si>
     <t>Flickor (15 år och yngre)</t>
   </si>
   <si>
     <t>Pojkar (15 år och yngre)</t>
   </si>
   <si>
+    <t>Antal (41-65 år)</t>
+  </si>
+  <si>
+    <t>Antal (66- år)</t>
+  </si>
+  <si>
+    <t>Antal (16-40 år)</t>
+  </si>
+  <si>
+    <t>Median</t>
+  </si>
+  <si>
+    <t>Medel</t>
+  </si>
+  <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>Röntgen</t>
+  </si>
+  <si>
+    <t>US-ID</t>
+  </si>
+  <si>
+    <t>Modalitet</t>
+  </si>
+  <si>
+    <t>Syfte</t>
+  </si>
+  <si>
+    <t>Exponerad kroppsregion/organ</t>
+  </si>
+  <si>
+    <t>RTG01</t>
+  </si>
+  <si>
+    <t>Konventionella röntgenutrustningar (fast installerad)</t>
+  </si>
+  <si>
+    <t>Diagnostik</t>
+  </si>
+  <si>
+    <t>Huvud och hals</t>
+  </si>
+  <si>
+    <t>RTG02</t>
+  </si>
+  <si>
+    <t>Thorax inkl lunga/hjärta, Bröstkorg</t>
+  </si>
+  <si>
+    <t>RTG03</t>
+  </si>
+  <si>
+    <t>RTG05</t>
+  </si>
+  <si>
+    <t>Bäcken höfter</t>
+  </si>
+  <si>
+    <t>RTG06</t>
+  </si>
+  <si>
+    <t>Extremitetsskelett,  inklusive axlar/axelled</t>
+  </si>
+  <si>
+    <t>RTG07</t>
+  </si>
+  <si>
+    <t>Ryggraden</t>
+  </si>
+  <si>
+    <t>RTG08</t>
+  </si>
+  <si>
+    <t>Övrig diagnostik</t>
+  </si>
+  <si>
+    <t>MOB1</t>
+  </si>
+  <si>
+    <t>Mobil röntgenutrustning för bildtagning</t>
+  </si>
+  <si>
+    <t>MOB2</t>
+  </si>
+  <si>
+    <t>Extremiteter, inklusive axlar/axelled</t>
+  </si>
+  <si>
+    <t>MOB3</t>
+  </si>
+  <si>
+    <t>Övrigt</t>
+  </si>
+  <si>
+    <t>MOB4</t>
+  </si>
+  <si>
+    <t>Mobil röntgenutrustning för genomlysning (C-bågar etc.)</t>
+  </si>
+  <si>
+    <t>Vägledning i samband med kirurgi</t>
+  </si>
+  <si>
+    <t>Skelett</t>
+  </si>
+  <si>
+    <t>MOB5</t>
+  </si>
+  <si>
+    <t>BEN1</t>
+  </si>
+  <si>
+    <t>Bentäthetsmätare</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inget specifikt </t>
+  </si>
+  <si>
+    <t>Antal</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Buk</t>
+  </si>
+  <si>
     <r>
-      <t>DAP (Gy*cm</t>
+      <t>DAP (Gycm</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>), Kvinnor (16 år och äldre)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DAP (Gycm</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>), Män (16 år och äldre)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DAP (Gycm</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
-  </si>
-[...186 lines deleted...]
-    <t>Buk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
@@ -335,76 +335,69 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -652,566 +645,621 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AB21"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="D19" sqref="D19"/>
+      <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.85546875" customWidth="1"/>
     <col min="2" max="2" width="52.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="45.5703125" customWidth="1"/>
     <col min="5" max="6" width="14.28515625" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="8.28515625" customWidth="1"/>
     <col min="10" max="10" width="7.42578125" customWidth="1"/>
     <col min="11" max="11" width="10.5703125" customWidth="1"/>
     <col min="12" max="13" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.42578125" customWidth="1"/>
     <col min="16" max="16" width="8.140625" customWidth="1"/>
     <col min="17" max="17" width="6.85546875" customWidth="1"/>
     <col min="18" max="18" width="8" customWidth="1"/>
     <col min="19" max="19" width="11.5703125" customWidth="1"/>
     <col min="20" max="20" width="8.85546875" customWidth="1"/>
     <col min="21" max="21" width="9" customWidth="1"/>
     <col min="22" max="22" width="7.42578125" customWidth="1"/>
     <col min="23" max="23" width="7" customWidth="1"/>
     <col min="24" max="24" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="8" customWidth="1"/>
     <col min="27" max="27" width="6.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" s="2" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D1" s="7"/>
+      <c r="A1" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1" s="4"/>
       <c r="E1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="11"/>
       <c r="G1" s="11"/>
-      <c r="H1" s="18" t="s">
-[...5 lines deleted...]
-      <c r="L1" s="14" t="s">
+      <c r="H1" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="I1" s="12"/>
+      <c r="J1" s="12"/>
+      <c r="K1" s="13"/>
+      <c r="L1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="M1" s="11"/>
       <c r="N1" s="11"/>
-      <c r="O1" s="20" t="s">
+      <c r="O1" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="P1" s="12"/>
+      <c r="Q1" s="12"/>
+      <c r="R1" s="13"/>
+      <c r="S1" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="T1" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="U1" s="11"/>
+      <c r="V1" s="11"/>
+      <c r="W1" s="10"/>
+      <c r="X1" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y1" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z1" s="11"/>
+      <c r="AA1" s="11"/>
+      <c r="AB1" s="10"/>
+    </row>
+    <row r="2" spans="1:28" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="20"/>
-[...5 lines deleted...]
-      <c r="T1" s="3" t="s">
+      <c r="C2" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F2" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="U1" s="3"/>
-[...5 lines deleted...]
-      <c r="Y1" s="3" t="s">
+      <c r="G2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="H2" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="J2" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="M2" s="11" t="s">
         <v>4</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E2" s="12" t="s">
+      <c r="N2" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="O2" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="P2" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="F2" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H2" s="3" t="s">
+      <c r="Q2" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="3" t="s">
+      <c r="R2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="T2" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="J2" s="3" t="s">
+      <c r="U2" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="V2" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="W2" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="8" t="s">
-[...2 lines deleted...]
-      <c r="L2" s="3" t="s">
+      <c r="X2" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y2" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="Z2" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="M2" s="3" t="s">
-[...5 lines deleted...]
-      <c r="O2" s="3" t="s">
+      <c r="AA2" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="P2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q2" s="3" t="s">
+      <c r="AB2" s="10" t="s">
         <v>10</v>
-      </c>
-[...31 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...10 lines deleted...]
-      <c r="W3" s="9"/>
+      <c r="K3" s="5"/>
+      <c r="R3" s="5"/>
+      <c r="W3" s="5"/>
+      <c r="AB3" s="5"/>
     </row>
     <row r="4" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D4" s="6" t="s">
-[...4 lines deleted...]
-      <c r="W4" s="9"/>
+      <c r="K4" s="5"/>
+      <c r="R4" s="5"/>
+      <c r="W4" s="5"/>
+      <c r="AB4" s="5"/>
     </row>
     <row r="5" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="W5" s="9"/>
+        <v>18</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" s="5"/>
+      <c r="R5" s="5"/>
+      <c r="W5" s="5"/>
+      <c r="AB5" s="5"/>
     </row>
     <row r="6" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="W6" s="9"/>
+        <v>18</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="K6" s="5"/>
+      <c r="R6" s="5"/>
+      <c r="W6" s="5"/>
+      <c r="AB6" s="5"/>
     </row>
     <row r="7" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="W7" s="9"/>
+        <v>18</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="K7" s="5"/>
+      <c r="R7" s="5"/>
+      <c r="W7" s="5"/>
+      <c r="AB7" s="5"/>
     </row>
     <row r="8" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="W8" s="9"/>
+        <v>18</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="K8" s="5"/>
+      <c r="R8" s="5"/>
+      <c r="W8" s="5"/>
+      <c r="AB8" s="5"/>
     </row>
     <row r="9" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>21</v>
-[...50 lines deleted...]
-        <v>49</v>
+        <v>18</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="O9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="P9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="R9" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="T9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="U9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="V9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="W9" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA9" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB9" s="9" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="D10" s="6" t="s">
-[...5 lines deleted...]
-      <c r="W10" s="9"/>
+      <c r="K10" s="5"/>
+      <c r="R10" s="5"/>
+      <c r="W10" s="5"/>
+      <c r="AB10" s="5"/>
     </row>
     <row r="11" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      <c r="W11" s="9"/>
+        <v>18</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" s="5"/>
+      <c r="R11" s="5"/>
+      <c r="W11" s="5"/>
+      <c r="AB11" s="5"/>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>21</v>
-[...50 lines deleted...]
-        <v>49</v>
+        <v>18</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="O12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="P12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="R12" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="T12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="U12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="V12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="W12" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA12" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB12" s="9" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...10 lines deleted...]
-      <c r="W13" s="9"/>
+      <c r="K13" s="5"/>
+      <c r="R13" s="5"/>
+      <c r="W13" s="5"/>
+      <c r="AB13" s="5"/>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D14" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K14" s="9"/>
-[...1 lines deleted...]
-      <c r="W14" s="9"/>
+      <c r="D14" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K14" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="O14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="P14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="R14" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="T14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="U14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="V14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="W14" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB14" s="9" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="15" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>21</v>
-[...50 lines deleted...]
-        <v>49</v>
+        <v>18</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="O15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="P15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="R15" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="T15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="U15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="V15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="W15" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA15" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="AB15" s="9" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.25">
       <c r="D16" s="1"/>
     </row>
     <row r="17" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D17" s="1"/>
     </row>
     <row r="18" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D18" s="1"/>
     </row>
     <row r="19" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D19" s="1"/>
     </row>
     <row r="20" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D20" s="1"/>
     </row>
     <row r="21" spans="4:4" x14ac:dyDescent="0.25">
       <c r="D21" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="H1:K1"/>
     <mergeCell ref="O1:R1"/>
   </mergeCells>