--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonsod\Desktop\Till Dosreg\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonsod\Desktop\Skall laddas upp i Dosreg\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4A089CEB-BDDB-4FA8-AC13-EC369A0F5F33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5D1373A0-D09B-4873-89F8-A56BE20FD0E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="41835" yWindow="2685" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MA" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="30">
   <si>
     <t>Antal (16-40 år)</t>
   </si>
   <si>
     <t>Antal (41-65 år)</t>
   </si>
   <si>
     <t>Antal (66- år)</t>
   </si>
   <si>
     <t>Median</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Medel</t>
   </si>
   <si>
     <t>US-ID</t>
   </si>
   <si>
@@ -101,144 +101,153 @@
   <si>
     <t>Bröstkörtlar tomocyntes</t>
   </si>
   <si>
     <t>MAM3</t>
   </si>
   <si>
     <t>Övrigt</t>
   </si>
   <si>
     <t>MAM4</t>
   </si>
   <si>
     <t>Screening</t>
   </si>
   <si>
     <t>MAM5</t>
   </si>
   <si>
     <t>Kvinnor (16 år och äldre)</t>
   </si>
   <si>
     <t>Antal</t>
   </si>
   <si>
-    <t xml:space="preserve"> AGDtotal (mGy) flickor</t>
-[...1 lines deleted...]
-  <si>
     <t>Flickor ( - 15 år)</t>
   </si>
   <si>
-    <t xml:space="preserve"> AGDtotal (mGy), Kvinnor</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> AGDtotal (mGy)</t>
+  </si>
+  <si>
+    <t>Män (16 år och äldre)</t>
+  </si>
+  <si>
+    <t>Pojkar ( - 15 år)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -479,250 +488,349 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P7"/>
+  <dimension ref="A1:AB7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I19" sqref="I19"/>
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="4" max="4" width="27.85546875" customWidth="1"/>
     <col min="5" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.140625" customWidth="1"/>
     <col min="11" max="11" width="6.140625" customWidth="1"/>
     <col min="12" max="12" width="14.140625" customWidth="1"/>
     <col min="13" max="13" width="9.7109375" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7.140625" customWidth="1"/>
     <col min="16" max="16" width="6.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:28" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="D1" s="4"/>
-      <c r="E1" s="5" t="s">
+      <c r="D1" s="3"/>
+      <c r="E1" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="F1" s="5"/>
-      <c r="G1" s="5"/>
+      <c r="F1" s="3"/>
+      <c r="G1" s="3"/>
       <c r="H1" s="10" t="s">
         <v>27</v>
       </c>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="11"/>
-      <c r="L1" s="5" t="s">
-[...2 lines deleted...]
-      <c r="M1" s="12" t="s">
+      <c r="L1" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="M1" s="3"/>
+      <c r="N1" s="3"/>
+      <c r="O1" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="P1" s="10"/>
+      <c r="Q1" s="10"/>
+      <c r="R1" s="11"/>
+      <c r="S1" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="N1" s="12"/>
-[...1 lines deleted...]
-      <c r="P1" s="12"/>
+      <c r="T1" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="U1" s="10"/>
+      <c r="V1" s="10"/>
+      <c r="W1" s="11"/>
+      <c r="X1" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y1" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z1" s="10"/>
+      <c r="AA1" s="10"/>
+      <c r="AB1" s="11"/>
     </row>
-    <row r="2" spans="1:16" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:28" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="D2" s="4" t="s">
+      <c r="D2" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="8" t="s">
         <v>0</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="K2" s="6" t="s">
+      <c r="K2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="L2" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="M2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="N2" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="O2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="P2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R2" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="S2" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="M2" s="3" t="s">
+      <c r="T2" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="N2" s="3" t="s">
+      <c r="U2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="O2" s="3" t="s">
+      <c r="V2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="P2" s="3" t="s">
+      <c r="W2" s="4" t="s">
         <v>5</v>
       </c>
+      <c r="X2" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="Y2" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="Z2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="AA2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB2" s="4" t="s">
+        <v>5</v>
+      </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="K3" s="7"/>
+      <c r="E3" s="9"/>
+      <c r="K3" s="5"/>
+      <c r="R3" s="5"/>
+      <c r="W3" s="5"/>
+      <c r="AB3" s="5"/>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="K4" s="7"/>
+      <c r="E4" s="9"/>
+      <c r="K4" s="5"/>
+      <c r="R4" s="5"/>
+      <c r="W4" s="5"/>
+      <c r="AB4" s="5"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="H5" s="8" t="s">
-[...21 lines deleted...]
-        <v>28</v>
+      <c r="E5" s="9"/>
+      <c r="H5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="K5" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="R5" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="T5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="U5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="V5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="W5" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="Y5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="Z5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="AA5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB5" s="7" t="s">
+        <v>26</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="K6" s="7"/>
+      <c r="E6" s="9"/>
+      <c r="K6" s="5"/>
+      <c r="R6" s="5"/>
+      <c r="W6" s="5"/>
+      <c r="AB6" s="5"/>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="K7" s="7"/>
+      <c r="E7" s="9"/>
+      <c r="K7" s="5"/>
+      <c r="R7" s="5"/>
+      <c r="W7" s="5"/>
+      <c r="AB7" s="5"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="4">
     <mergeCell ref="H1:K1"/>
-    <mergeCell ref="M1:P1"/>
+    <mergeCell ref="O1:R1"/>
+    <mergeCell ref="T1:W1"/>
+    <mergeCell ref="Y1:AB1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>