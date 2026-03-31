--- v0 (2026-02-07)
+++ v1 (2026-03-31)
@@ -2,346 +2,346 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonsod\Desktop\Till Dosreg\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jonsod\Desktop\Skall laddas upp i Dosreg\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FBE62496-B3AB-4AFB-9A70-1D42AA49BD5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{59BB6E30-D28C-4046-950A-EF965FE43449}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="41835" yWindow="2685" windowWidth="28800" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="INT" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="66">
   <si>
     <t>Kvinnor (16 år och äldre)</t>
   </si>
   <si>
     <t>Män (16 år och äldre)</t>
   </si>
   <si>
     <t>Flickor (15 år och yngre)</t>
   </si>
   <si>
     <t>Pojkar (15 år och yngre)</t>
   </si>
   <si>
+    <t>Antal (16-40 år)</t>
+  </si>
+  <si>
+    <t>Antal (41-65 år)</t>
+  </si>
+  <si>
+    <t>Antal (66- år)</t>
+  </si>
+  <si>
+    <t>Medel</t>
+  </si>
+  <si>
+    <t>Median</t>
+  </si>
+  <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>Intervention</t>
+  </si>
+  <si>
+    <t>US-ID</t>
+  </si>
+  <si>
+    <t>Modalitet</t>
+  </si>
+  <si>
+    <t>Syfte</t>
+  </si>
+  <si>
+    <t>Exponerad kroppsregion/organ</t>
+  </si>
+  <si>
+    <t>Genomlysningsutrustning (användning för hjärta och blodkärl, fast installerad)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diagnostik </t>
+  </si>
+  <si>
+    <t>Huvud och hals</t>
+  </si>
+  <si>
+    <t>Thorax inklusive lungor, exklusive hjärta</t>
+  </si>
+  <si>
+    <t>Hjärta</t>
+  </si>
+  <si>
+    <t>Buk</t>
+  </si>
+  <si>
+    <t>Bäcken</t>
+  </si>
+  <si>
+    <t>Extremiteter</t>
+  </si>
+  <si>
+    <t>Övrig diagnostik</t>
+  </si>
+  <si>
+    <t>Behandling</t>
+  </si>
+  <si>
+    <t>Övrig behandling</t>
+  </si>
+  <si>
+    <t>Genomlysningsutrustning (övrig användning inte hjärta och blodkärl, fast installerad)</t>
+  </si>
+  <si>
+    <t>Thorax</t>
+  </si>
+  <si>
+    <t>Ryggraden</t>
+  </si>
+  <si>
+    <t>Bäcken, inklusive höfter/höftled</t>
+  </si>
+  <si>
+    <t>Extremiteter, inklusive axlar/axelled</t>
+  </si>
+  <si>
+    <t>Övrigt</t>
+  </si>
+  <si>
+    <t>INT01</t>
+  </si>
+  <si>
+    <t>INT02</t>
+  </si>
+  <si>
+    <t>INT03</t>
+  </si>
+  <si>
+    <t>INT04</t>
+  </si>
+  <si>
+    <t>INT05</t>
+  </si>
+  <si>
+    <t>INT06</t>
+  </si>
+  <si>
+    <t>INT07</t>
+  </si>
+  <si>
+    <t>INT08</t>
+  </si>
+  <si>
+    <t>INT09</t>
+  </si>
+  <si>
+    <t>INT10</t>
+  </si>
+  <si>
+    <t>INT11</t>
+  </si>
+  <si>
+    <t>INT12</t>
+  </si>
+  <si>
+    <t>INT13</t>
+  </si>
+  <si>
+    <t>INT14</t>
+  </si>
+  <si>
+    <t>INT15</t>
+  </si>
+  <si>
+    <t>INT16</t>
+  </si>
+  <si>
+    <t>INT17</t>
+  </si>
+  <si>
+    <t>INT18</t>
+  </si>
+  <si>
+    <t>INT19</t>
+  </si>
+  <si>
+    <t>INT20</t>
+  </si>
+  <si>
+    <t>INT21</t>
+  </si>
+  <si>
+    <t>INT22</t>
+  </si>
+  <si>
+    <t>INT23</t>
+  </si>
+  <si>
+    <t>INT24</t>
+  </si>
+  <si>
+    <t>INT25</t>
+  </si>
+  <si>
+    <t>INT26</t>
+  </si>
+  <si>
+    <t>INT27</t>
+  </si>
+  <si>
+    <t>INT28</t>
+  </si>
+  <si>
+    <t>Antal</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
     <r>
-      <t>DAP (Gy*cm</t>
+      <t>DAP (Gycm</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>), Kvinnor (16 år och äldre)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DAP (Gycm</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>), Män (16 år och äldre)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>DAP (Gycm</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
-  </si>
-[...231 lines deleted...]
-    <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
@@ -380,81 +380,76 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -702,864 +697,921 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AB30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="Z12" sqref="Z12"/>
+      <selection activeCell="F38" sqref="F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.5703125" customWidth="1"/>
     <col min="2" max="2" width="31.42578125" customWidth="1"/>
-    <col min="4" max="4" width="29.42578125" style="5" customWidth="1"/>
+    <col min="4" max="4" width="37.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" customWidth="1"/>
     <col min="9" max="9" width="8.5703125" customWidth="1"/>
     <col min="10" max="10" width="8.140625" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
     <col min="12" max="13" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.5703125" customWidth="1"/>
     <col min="17" max="17" width="7.42578125" customWidth="1"/>
     <col min="18" max="18" width="6.7109375" customWidth="1"/>
     <col min="19" max="19" width="21" customWidth="1"/>
     <col min="20" max="20" width="8.140625" customWidth="1"/>
     <col min="22" max="23" width="6.28515625" customWidth="1"/>
     <col min="24" max="24" width="21.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" s="1" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+      <c r="A1" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1" s="2"/>
+      <c r="E1" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="F1" s="8"/>
+      <c r="G1" s="8"/>
+      <c r="H1" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="I1" s="13"/>
+      <c r="J1" s="13"/>
+      <c r="K1" s="14"/>
+      <c r="L1" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="M1" s="8"/>
+      <c r="N1" s="8"/>
+      <c r="O1" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="P1" s="13"/>
+      <c r="Q1" s="13"/>
+      <c r="R1" s="14"/>
+      <c r="S1" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="T1" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="U1" s="13"/>
+      <c r="V1" s="13"/>
+      <c r="W1" s="14"/>
+      <c r="X1" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="Y1" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z1" s="13"/>
+      <c r="AA1" s="13"/>
+      <c r="AB1" s="14"/>
+    </row>
+    <row r="2" spans="1:28" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C2" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="D1" s="4"/>
-[...25 lines deleted...]
-      <c r="T1" s="2" t="s">
+      <c r="D2" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="U1" s="2"/>
-[...5 lines deleted...]
-      <c r="Y1" s="2" t="s">
+      <c r="F2" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="8" t="s">
         <v>4</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="6" t="s">
+      <c r="M2" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="N2" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="O2" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="P2" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q2" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="R2" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="S2" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="T2" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="U2" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="V2" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="W2" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="X2" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y2" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z2" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="AA2" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB2" s="7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="C2" s="6" t="s">
+      <c r="C3" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="D2" s="11" t="s">
+      <c r="D3" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="E2" s="2" t="s">
-[...73 lines deleted...]
-      <c r="A3" s="12" t="s">
+      <c r="E3" s="12"/>
+      <c r="K3" s="4"/>
+      <c r="R3" s="4"/>
+      <c r="W3" s="4"/>
+      <c r="AB3" s="4"/>
+    </row>
+    <row r="4" spans="1:28" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" s="12"/>
+      <c r="K4" s="4"/>
+      <c r="R4" s="4"/>
+      <c r="W4" s="4"/>
+      <c r="AB4" s="4"/>
+    </row>
+    <row r="5" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="12"/>
+      <c r="K5" s="4"/>
+      <c r="R5" s="4"/>
+      <c r="W5" s="4"/>
+      <c r="AB5" s="4"/>
+    </row>
+    <row r="6" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A6" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="B3" s="12" t="s">
+      <c r="B6" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="12"/>
+      <c r="K6" s="4"/>
+      <c r="R6" s="4"/>
+      <c r="W6" s="4"/>
+      <c r="AB6" s="4"/>
+    </row>
+    <row r="7" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="12"/>
+      <c r="K7" s="4"/>
+      <c r="R7" s="4"/>
+      <c r="W7" s="4"/>
+      <c r="AB7" s="4"/>
+    </row>
+    <row r="8" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="12"/>
+      <c r="K8" s="4"/>
+      <c r="R8" s="4"/>
+      <c r="W8" s="4"/>
+      <c r="AB8" s="4"/>
+    </row>
+    <row r="9" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" s="12"/>
+      <c r="H9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="R9" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="T9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="U9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="V9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="W9" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA9" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB9" s="10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="12"/>
+      <c r="K10" s="4"/>
+      <c r="R10" s="4"/>
+      <c r="W10" s="4"/>
+      <c r="AB10" s="4"/>
+    </row>
+    <row r="11" spans="1:28" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="E11" s="12"/>
+      <c r="K11" s="4"/>
+      <c r="R11" s="4"/>
+      <c r="W11" s="4"/>
+      <c r="AB11" s="4"/>
+    </row>
+    <row r="12" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="13" t="s">
+      <c r="E12" s="12"/>
+      <c r="K12" s="4"/>
+      <c r="R12" s="4"/>
+      <c r="W12" s="4"/>
+      <c r="AB12" s="4"/>
+    </row>
+    <row r="13" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" s="9"/>
-[...13 lines deleted...]
-      <c r="D4" s="13" t="s">
+      <c r="E13" s="12"/>
+      <c r="K13" s="4"/>
+      <c r="R13" s="4"/>
+      <c r="W13" s="4"/>
+      <c r="AB13" s="4"/>
+    </row>
+    <row r="14" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="K4" s="9"/>
-[...13 lines deleted...]
-      <c r="D5" s="13" t="s">
+      <c r="E14" s="12"/>
+      <c r="K14" s="4"/>
+      <c r="R14" s="4"/>
+      <c r="W14" s="4"/>
+      <c r="AB14" s="4"/>
+    </row>
+    <row r="15" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="H5" s="15" t="s">
-[...75 lines deleted...]
-      <c r="D7" s="13" t="s">
+      <c r="E15" s="12"/>
+      <c r="K15" s="4"/>
+      <c r="R15" s="4"/>
+      <c r="W15" s="4"/>
+      <c r="AB15" s="4"/>
+    </row>
+    <row r="16" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="K7" s="9"/>
-[...13 lines deleted...]
-      <c r="D8" s="13" t="s">
+      <c r="D16" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="K8" s="9"/>
-[...13 lines deleted...]
-      <c r="D9" s="13" t="s">
+      <c r="E16" s="12"/>
+      <c r="H16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K16" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="O16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="R16" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="T16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="U16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="V16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="W16" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA16" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB16" s="10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:28" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="K9" s="9"/>
-[...10 lines deleted...]
-      <c r="C10" s="12" t="s">
+      <c r="C17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="12"/>
+      <c r="K17" s="4"/>
+      <c r="R17" s="4"/>
+      <c r="W17" s="4"/>
+      <c r="AB17" s="4"/>
+    </row>
+    <row r="18" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="D10" s="13" t="s">
+      <c r="E18" s="12"/>
+      <c r="K18" s="4"/>
+      <c r="R18" s="4"/>
+      <c r="W18" s="4"/>
+      <c r="AB18" s="4"/>
+    </row>
+    <row r="19" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K10" s="9"/>
-[...10 lines deleted...]
-      <c r="C11" s="12" t="s">
+      <c r="E19" s="12"/>
+      <c r="K19" s="4"/>
+      <c r="R19" s="4"/>
+      <c r="W19" s="4"/>
+      <c r="AB19" s="4"/>
+    </row>
+    <row r="20" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E20" s="12"/>
+      <c r="K20" s="4"/>
+      <c r="R20" s="4"/>
+      <c r="W20" s="4"/>
+      <c r="AB20" s="4"/>
+    </row>
+    <row r="21" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E21" s="12"/>
+      <c r="K21" s="4"/>
+      <c r="R21" s="4"/>
+      <c r="W21" s="4"/>
+      <c r="AB21" s="4"/>
+    </row>
+    <row r="22" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" s="12"/>
+      <c r="K22" s="4"/>
+      <c r="R22" s="4"/>
+      <c r="W22" s="4"/>
+      <c r="AB22" s="4"/>
+    </row>
+    <row r="23" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A23" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" s="12"/>
+      <c r="H23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K23" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="O23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="R23" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="T23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="U23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="V23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="W23" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA23" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB23" s="10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="24" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A24" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" s="12"/>
+      <c r="K24" s="4"/>
+      <c r="R24" s="4"/>
+      <c r="W24" s="4"/>
+      <c r="AB24" s="4"/>
+    </row>
+    <row r="25" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="D11" s="13" t="s">
+      <c r="E25" s="12"/>
+      <c r="K25" s="4"/>
+      <c r="R25" s="4"/>
+      <c r="W25" s="4"/>
+      <c r="AB25" s="4"/>
+    </row>
+    <row r="26" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" s="12"/>
+      <c r="K26" s="4"/>
+      <c r="R26" s="4"/>
+      <c r="W26" s="4"/>
+      <c r="AB26" s="4"/>
+    </row>
+    <row r="27" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E27" s="12"/>
+      <c r="K27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="W27" s="4"/>
+      <c r="AB27" s="4"/>
+    </row>
+    <row r="28" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="K11" s="9"/>
-[...47 lines deleted...]
-      <c r="D14" s="13" t="s">
+      <c r="E28" s="12"/>
+      <c r="K28" s="4"/>
+      <c r="R28" s="4"/>
+      <c r="W28" s="4"/>
+      <c r="AB28" s="4"/>
+    </row>
+    <row r="29" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C29" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="K14" s="9"/>
-[...109 lines deleted...]
-      <c r="D18" s="13" t="s">
+      <c r="D29" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="K18" s="9"/>
-[...30 lines deleted...]
-      <c r="D20" s="13" t="s">
+      <c r="E29" s="12"/>
+      <c r="K29" s="4"/>
+      <c r="R29" s="4"/>
+      <c r="W29" s="4"/>
+      <c r="AB29" s="4"/>
+    </row>
+    <row r="30" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A30" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="K20" s="9"/>
-[...261 lines deleted...]
-      <c r="W30" s="9"/>
+      <c r="E30" s="12"/>
+      <c r="H30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K30" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="O30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="R30" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="T30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="U30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="V30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="W30" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AA30" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="AB30" s="10" t="s">
+        <v>62</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="4">
     <mergeCell ref="H1:K1"/>
     <mergeCell ref="O1:R1"/>
+    <mergeCell ref="T1:W1"/>
+    <mergeCell ref="Y1:AB1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>INT</vt:lpstr>
     </vt:vector>